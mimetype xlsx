--- v0 (2025-10-20)
+++ v1 (2025-12-11)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="sheet1" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1247" uniqueCount="642">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1364" uniqueCount="701">
   <si>
     <t>접수일자</t>
   </si>
   <si>
     <t>접수번호</t>
   </si>
   <si>
     <t>구분</t>
   </si>
   <si>
     <t>애견명</t>
   </si>
   <si>
     <t>견종</t>
   </si>
   <si>
     <t>애견생년월일</t>
   </si>
   <si>
     <t>보호자 휴대폰번호</t>
   </si>
   <si>
     <t>접수자 성명</t>
   </si>
   <si>
@@ -1934,50 +1934,227 @@
     <t>251020-00003</t>
   </si>
   <si>
     <t>천둥</t>
   </si>
   <si>
     <t>대형견/믹스견(45kg 이상)</t>
   </si>
   <si>
     <t>2021-01-03</t>
   </si>
   <si>
     <t>010-4242-9603</t>
   </si>
   <si>
     <t>2025-10-20</t>
   </si>
   <si>
     <t>251020-00002</t>
   </si>
   <si>
     <t>2021-07-28</t>
   </si>
   <si>
     <t>010-9730-3828</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>251027-00002</t>
+  </si>
+  <si>
+    <t>순돌이</t>
+  </si>
+  <si>
+    <t>2020-10-10</t>
+  </si>
+  <si>
+    <t>010-8828-8265</t>
+  </si>
+  <si>
+    <t>2025-10-26</t>
+  </si>
+  <si>
+    <t>251027-00003</t>
+  </si>
+  <si>
+    <t>최밤</t>
+  </si>
+  <si>
+    <t>010-8012-4389</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>251029-00001</t>
+  </si>
+  <si>
+    <t>솜</t>
+  </si>
+  <si>
+    <t>2022-10-01</t>
+  </si>
+  <si>
+    <t>010-9390-7492</t>
+  </si>
+  <si>
+    <t>2025-11-01</t>
+  </si>
+  <si>
+    <t>251103-00001</t>
+  </si>
+  <si>
+    <t>몽돌</t>
+  </si>
+  <si>
+    <t>2025-02-01</t>
+  </si>
+  <si>
+    <t>010-9884-2055</t>
+  </si>
+  <si>
+    <t>2025-11-04</t>
+  </si>
+  <si>
+    <t>251105-00001</t>
+  </si>
+  <si>
+    <t>도리</t>
+  </si>
+  <si>
+    <t>2023-08-21</t>
+  </si>
+  <si>
+    <t>010-7655-0071</t>
+  </si>
+  <si>
+    <t>2025-11-09</t>
+  </si>
+  <si>
+    <t>251110-00001</t>
+  </si>
+  <si>
+    <t>연탄</t>
+  </si>
+  <si>
+    <t>2016-05-07</t>
+  </si>
+  <si>
+    <t>010-2373-3446</t>
+  </si>
+  <si>
+    <t>251110-00002</t>
+  </si>
+  <si>
+    <t>2025-11-10</t>
+  </si>
+  <si>
+    <t>251110-00003</t>
+  </si>
+  <si>
+    <t>코코</t>
+  </si>
+  <si>
+    <t>2014-04-10</t>
+  </si>
+  <si>
+    <t>010-8425-2825</t>
+  </si>
+  <si>
+    <t>2025-11-12</t>
+  </si>
+  <si>
+    <t>251112-00002</t>
+  </si>
+  <si>
+    <t>라떼</t>
+  </si>
+  <si>
+    <t>2023-12-15</t>
+  </si>
+  <si>
+    <t>010-2953-0721</t>
+  </si>
+  <si>
+    <t>251113-00001</t>
+  </si>
+  <si>
+    <t>이든</t>
+  </si>
+  <si>
+    <t>2019-12-17</t>
+  </si>
+  <si>
+    <t>010-8599-5772</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>251114-00001</t>
+  </si>
+  <si>
+    <t>김설탕</t>
+  </si>
+  <si>
+    <t>2018-09-24</t>
+  </si>
+  <si>
+    <t>010-4935-4296</t>
+  </si>
+  <si>
+    <t>2025-11-22</t>
+  </si>
+  <si>
+    <t>251124-00001</t>
+  </si>
+  <si>
+    <t>신연탄</t>
+  </si>
+  <si>
+    <t>2025-06-04</t>
+  </si>
+  <si>
+    <t>010-9597-0797</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>251124-00004</t>
+  </si>
+  <si>
+    <t>코난</t>
+  </si>
+  <si>
+    <t>2016-06-27</t>
+  </si>
+  <si>
+    <t>010-3057-1302</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -2314,51 +2491,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:N138"/>
+  <dimension ref="A1:N151"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -6331,50 +6508,427 @@
       <c r="A138" t="s">
         <v>638</v>
       </c>
       <c r="B138" t="s">
         <v>639</v>
       </c>
       <c r="C138" t="s">
         <v>16</v>
       </c>
       <c r="D138" t="s">
         <v>51</v>
       </c>
       <c r="E138" t="s">
         <v>26</v>
       </c>
       <c r="F138" t="s">
         <v>640</v>
       </c>
       <c r="G138" t="s">
         <v>641</v>
       </c>
       <c r="M138" t="s">
         <v>35</v>
       </c>
       <c r="N138" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="139" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A139" t="s">
+        <v>642</v>
+      </c>
+      <c r="B139" t="s">
+        <v>643</v>
+      </c>
+      <c r="C139" t="s">
+        <v>16</v>
+      </c>
+      <c r="D139" t="s">
+        <v>644</v>
+      </c>
+      <c r="E139" t="s">
+        <v>46</v>
+      </c>
+      <c r="F139" t="s">
+        <v>645</v>
+      </c>
+      <c r="G139" t="s">
+        <v>646</v>
+      </c>
+      <c r="M139" t="s">
+        <v>21</v>
+      </c>
+      <c r="N139" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="140" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A140" t="s">
+        <v>647</v>
+      </c>
+      <c r="B140" t="s">
+        <v>648</v>
+      </c>
+      <c r="C140" t="s">
+        <v>16</v>
+      </c>
+      <c r="D140" t="s">
+        <v>649</v>
+      </c>
+      <c r="E140" t="s">
+        <v>26</v>
+      </c>
+      <c r="F140" t="s">
+        <v>453</v>
+      </c>
+      <c r="G140" t="s">
+        <v>650</v>
+      </c>
+      <c r="M140" t="s">
+        <v>67</v>
+      </c>
+      <c r="N140" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="141" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A141" t="s">
+        <v>651</v>
+      </c>
+      <c r="B141" t="s">
+        <v>652</v>
+      </c>
+      <c r="C141" t="s">
+        <v>16</v>
+      </c>
+      <c r="D141" t="s">
+        <v>653</v>
+      </c>
+      <c r="E141" t="s">
+        <v>96</v>
+      </c>
+      <c r="F141" t="s">
+        <v>654</v>
+      </c>
+      <c r="G141" t="s">
+        <v>655</v>
+      </c>
+      <c r="M141" t="s">
+        <v>35</v>
+      </c>
+      <c r="N141" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="142" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A142" t="s">
+        <v>656</v>
+      </c>
+      <c r="B142" t="s">
+        <v>657</v>
+      </c>
+      <c r="C142" t="s">
+        <v>24</v>
+      </c>
+      <c r="D142" t="s">
+        <v>658</v>
+      </c>
+      <c r="E142" t="s">
+        <v>58</v>
+      </c>
+      <c r="F142" t="s">
+        <v>659</v>
+      </c>
+      <c r="G142" t="s">
+        <v>660</v>
+      </c>
+      <c r="M142" t="s">
+        <v>35</v>
+      </c>
+      <c r="N142" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="143" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A143" t="s">
+        <v>661</v>
+      </c>
+      <c r="B143" t="s">
+        <v>662</v>
+      </c>
+      <c r="C143" t="s">
+        <v>24</v>
+      </c>
+      <c r="D143" t="s">
+        <v>663</v>
+      </c>
+      <c r="E143" t="s">
+        <v>392</v>
+      </c>
+      <c r="F143" t="s">
+        <v>664</v>
+      </c>
+      <c r="G143" t="s">
+        <v>665</v>
+      </c>
+      <c r="M143" t="s">
+        <v>35</v>
+      </c>
+      <c r="N143" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="144" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A144" t="s">
+        <v>666</v>
+      </c>
+      <c r="B144" t="s">
+        <v>667</v>
+      </c>
+      <c r="C144" t="s">
+        <v>16</v>
+      </c>
+      <c r="D144" t="s">
+        <v>668</v>
+      </c>
+      <c r="E144" t="s">
+        <v>96</v>
+      </c>
+      <c r="F144" t="s">
+        <v>669</v>
+      </c>
+      <c r="G144" t="s">
+        <v>670</v>
+      </c>
+      <c r="M144" t="s">
+        <v>35</v>
+      </c>
+      <c r="N144" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="145" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A145" t="s">
+        <v>666</v>
+      </c>
+      <c r="B145" t="s">
+        <v>671</v>
+      </c>
+      <c r="C145" t="s">
+        <v>24</v>
+      </c>
+      <c r="D145" t="s">
+        <v>668</v>
+      </c>
+      <c r="E145" t="s">
+        <v>96</v>
+      </c>
+      <c r="F145" t="s">
+        <v>669</v>
+      </c>
+      <c r="G145" t="s">
+        <v>670</v>
+      </c>
+      <c r="M145" t="s">
+        <v>35</v>
+      </c>
+      <c r="N145" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="146" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A146" t="s">
+        <v>672</v>
+      </c>
+      <c r="B146" t="s">
+        <v>673</v>
+      </c>
+      <c r="C146" t="s">
+        <v>16</v>
+      </c>
+      <c r="D146" t="s">
+        <v>674</v>
+      </c>
+      <c r="E146" t="s">
+        <v>594</v>
+      </c>
+      <c r="F146" t="s">
+        <v>675</v>
+      </c>
+      <c r="G146" t="s">
+        <v>676</v>
+      </c>
+      <c r="M146" t="s">
+        <v>35</v>
+      </c>
+      <c r="N146" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="147" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A147" t="s">
+        <v>677</v>
+      </c>
+      <c r="B147" t="s">
+        <v>678</v>
+      </c>
+      <c r="C147" t="s">
+        <v>24</v>
+      </c>
+      <c r="D147" t="s">
+        <v>679</v>
+      </c>
+      <c r="E147" t="s">
+        <v>58</v>
+      </c>
+      <c r="F147" t="s">
+        <v>680</v>
+      </c>
+      <c r="G147" t="s">
+        <v>681</v>
+      </c>
+      <c r="M147" t="s">
+        <v>35</v>
+      </c>
+      <c r="N147" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="148" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A148" t="s">
+        <v>677</v>
+      </c>
+      <c r="B148" t="s">
+        <v>682</v>
+      </c>
+      <c r="C148" t="s">
+        <v>16</v>
+      </c>
+      <c r="D148" t="s">
+        <v>683</v>
+      </c>
+      <c r="E148" t="s">
+        <v>212</v>
+      </c>
+      <c r="F148" t="s">
+        <v>684</v>
+      </c>
+      <c r="G148" t="s">
+        <v>685</v>
+      </c>
+      <c r="M148" t="s">
+        <v>21</v>
+      </c>
+      <c r="N148" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="149" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A149" t="s">
+        <v>686</v>
+      </c>
+      <c r="B149" t="s">
+        <v>687</v>
+      </c>
+      <c r="C149" t="s">
+        <v>24</v>
+      </c>
+      <c r="D149" t="s">
+        <v>688</v>
+      </c>
+      <c r="E149" t="s">
+        <v>46</v>
+      </c>
+      <c r="F149" t="s">
+        <v>689</v>
+      </c>
+      <c r="G149" t="s">
+        <v>690</v>
+      </c>
+      <c r="M149" t="s">
+        <v>35</v>
+      </c>
+      <c r="N149" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="150" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A150" t="s">
+        <v>691</v>
+      </c>
+      <c r="B150" t="s">
+        <v>692</v>
+      </c>
+      <c r="C150" t="s">
+        <v>24</v>
+      </c>
+      <c r="D150" t="s">
+        <v>693</v>
+      </c>
+      <c r="E150" t="s">
+        <v>96</v>
+      </c>
+      <c r="F150" t="s">
+        <v>694</v>
+      </c>
+      <c r="G150" t="s">
+        <v>695</v>
+      </c>
+      <c r="M150" t="s">
+        <v>21</v>
+      </c>
+      <c r="N150" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="151" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="A151" t="s">
+        <v>696</v>
+      </c>
+      <c r="B151" t="s">
+        <v>697</v>
+      </c>
+      <c r="C151" t="s">
+        <v>16</v>
+      </c>
+      <c r="D151" t="s">
+        <v>698</v>
+      </c>
+      <c r="E151" t="s">
+        <v>58</v>
+      </c>
+      <c r="F151" t="s">
+        <v>699</v>
+      </c>
+      <c r="G151" t="s">
+        <v>700</v>
+      </c>
+      <c r="M151" t="s">
+        <v>35</v>
+      </c>
+      <c r="N151" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>