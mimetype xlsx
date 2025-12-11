--- v0 (2025-10-20)
+++ v1 (2025-12-11)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="sheet1" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="771" uniqueCount="420">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="947" uniqueCount="514">
   <si>
     <t>접수일자</t>
   </si>
   <si>
     <t>접수번호</t>
   </si>
   <si>
     <t>피보험자</t>
   </si>
   <si>
     <t>피보험자 주민번호</t>
   </si>
   <si>
     <t>영문 이름</t>
   </si>
   <si>
     <t>학교명</t>
   </si>
   <si>
     <t>보험가입플랜</t>
   </si>
   <si>
     <t>이메일</t>
   </si>
   <si>
@@ -1268,50 +1268,332 @@
     <t>송수현</t>
   </si>
   <si>
     <t>020716-4932311</t>
   </si>
   <si>
     <t>Song Suhyun</t>
   </si>
   <si>
     <t>tn_gus7@naver.com</t>
   </si>
   <si>
     <t>250731-00001</t>
   </si>
   <si>
     <t>권지유</t>
   </si>
   <si>
     <t>011102-4254412</t>
   </si>
   <si>
     <t>Kwon Jiyu</t>
   </si>
   <si>
     <t>wldb9242@naver.com</t>
+  </si>
+  <si>
+    <t>2025-11-24</t>
+  </si>
+  <si>
+    <t>251125-00001</t>
+  </si>
+  <si>
+    <t>설민경</t>
+  </si>
+  <si>
+    <t>060727-4243513</t>
+  </si>
+  <si>
+    <t>Seol Mingyeong</t>
+  </si>
+  <si>
+    <t>상지대학교</t>
+  </si>
+  <si>
+    <t>seol01021129773@gmail.com</t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>251125-00002</t>
+  </si>
+  <si>
+    <t>김은비</t>
+  </si>
+  <si>
+    <t>051013-4222436</t>
+  </si>
+  <si>
+    <t>KIM EUNBEE</t>
+  </si>
+  <si>
+    <t>kimeunbee1@naver.com</t>
+  </si>
+  <si>
+    <t>2025-11-28</t>
+  </si>
+  <si>
+    <t>251128-00001</t>
+  </si>
+  <si>
+    <t>서진우</t>
+  </si>
+  <si>
+    <t>010129-4213314</t>
+  </si>
+  <si>
+    <t>SEO JIN WOO</t>
+  </si>
+  <si>
+    <t>pump5858@naver.com</t>
+  </si>
+  <si>
+    <t>251128-00002</t>
+  </si>
+  <si>
+    <t>김민석</t>
+  </si>
+  <si>
+    <t>030121-3114328</t>
+  </si>
+  <si>
+    <t>KimMinseok</t>
+  </si>
+  <si>
+    <t>한국항공대</t>
+  </si>
+  <si>
+    <t>komoodo72@naver.com</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>251202-00002</t>
+  </si>
+  <si>
+    <t>정인혜</t>
+  </si>
+  <si>
+    <t>040402-4284515</t>
+  </si>
+  <si>
+    <t>Jeong In Hye</t>
+  </si>
+  <si>
+    <t>xowo0402@gmail.com</t>
+  </si>
+  <si>
+    <t>251202-00003</t>
+  </si>
+  <si>
+    <t>김영광</t>
+  </si>
+  <si>
+    <t>051116-3484715</t>
+  </si>
+  <si>
+    <t>Kim Yeonggwang</t>
+  </si>
+  <si>
+    <t>pauly1116@naver.com</t>
+  </si>
+  <si>
+    <t>251202-00001</t>
+  </si>
+  <si>
+    <t>유동오</t>
+  </si>
+  <si>
+    <t>030606-3024319</t>
+  </si>
+  <si>
+    <t>Yoodongo</t>
+  </si>
+  <si>
+    <t>youdongoh67@gmail.com</t>
+  </si>
+  <si>
+    <t>2025-12-02</t>
+  </si>
+  <si>
+    <t>251202-00004</t>
+  </si>
+  <si>
+    <t>김대원</t>
+  </si>
+  <si>
+    <t>030908-3933017</t>
+  </si>
+  <si>
+    <t>KIM DAEWON</t>
+  </si>
+  <si>
+    <t>a41224416@gmail.com</t>
+  </si>
+  <si>
+    <t>251203-00001</t>
+  </si>
+  <si>
+    <t>박지영</t>
+  </si>
+  <si>
+    <t>030920-4055911</t>
+  </si>
+  <si>
+    <t>PARKJIYEONG</t>
+  </si>
+  <si>
+    <t>wacoog0427@naver.com</t>
+  </si>
+  <si>
+    <t>251203-00002</t>
+  </si>
+  <si>
+    <t>김경진</t>
+  </si>
+  <si>
+    <t>020506-3169410</t>
+  </si>
+  <si>
+    <t>Kyeongjin Kim</t>
+  </si>
+  <si>
+    <t>평택대학교</t>
+  </si>
+  <si>
+    <t>keong601@naver.com</t>
+  </si>
+  <si>
+    <t>2025-12-03</t>
+  </si>
+  <si>
+    <t>251203-00003</t>
+  </si>
+  <si>
+    <t>홍경서</t>
+  </si>
+  <si>
+    <t>001205-3164623</t>
+  </si>
+  <si>
+    <t>Kyung seo Hong</t>
+  </si>
+  <si>
+    <t>hongks05@naver.com</t>
+  </si>
+  <si>
+    <t>2025-12-08</t>
+  </si>
+  <si>
+    <t>251208-00001</t>
+  </si>
+  <si>
+    <t>김재영</t>
+  </si>
+  <si>
+    <t>010903-3036811</t>
+  </si>
+  <si>
+    <t>Jaeyeong Kim</t>
+  </si>
+  <si>
+    <t>mike0093@naver.com</t>
+  </si>
+  <si>
+    <t>251208-00002</t>
+  </si>
+  <si>
+    <t>이민서</t>
+  </si>
+  <si>
+    <t>050418-4690718</t>
+  </si>
+  <si>
+    <t>LEE MINSEO</t>
+  </si>
+  <si>
+    <t>제주대학고</t>
+  </si>
+  <si>
+    <t>leems1664@naver.com</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>251210-00001</t>
+  </si>
+  <si>
+    <t>김도윤</t>
+  </si>
+  <si>
+    <t>060411-3201414</t>
+  </si>
+  <si>
+    <t>Doyun Kim</t>
+  </si>
+  <si>
+    <t>hihidoyun@gmail.com</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>251210-00007</t>
+  </si>
+  <si>
+    <t>조동근</t>
+  </si>
+  <si>
+    <t>051018-3024427</t>
+  </si>
+  <si>
+    <t>DONGGGEUN CHO</t>
+  </si>
+  <si>
+    <t>chodg1018@gmail.com</t>
+  </si>
+  <si>
+    <t>2025-12-11</t>
+  </si>
+  <si>
+    <t>251211-00001</t>
+  </si>
+  <si>
+    <t>김산들</t>
+  </si>
+  <si>
+    <t>070124-4665521</t>
+  </si>
+  <si>
+    <t>Kim Sandeul</t>
+  </si>
+  <si>
+    <t>sssarangi@naver.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1648,51 +1930,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:L71"/>
+  <dimension ref="A1:L87"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -4160,50 +4442,658 @@
       <c r="D71" t="s">
         <v>417</v>
       </c>
       <c r="E71" t="s">
         <v>418</v>
       </c>
       <c r="F71" t="s">
         <v>367</v>
       </c>
       <c r="G71" t="s">
         <v>71</v>
       </c>
       <c r="H71" t="s">
         <v>419</v>
       </c>
       <c r="I71" t="s">
         <v>65</v>
       </c>
       <c r="J71" t="s">
         <v>361</v>
       </c>
       <c r="K71">
         <v>58600</v>
       </c>
       <c r="L71" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>420</v>
+      </c>
+      <c r="B72" t="s">
+        <v>421</v>
+      </c>
+      <c r="C72" t="s">
+        <v>422</v>
+      </c>
+      <c r="D72" t="s">
+        <v>423</v>
+      </c>
+      <c r="E72" t="s">
+        <v>424</v>
+      </c>
+      <c r="F72" t="s">
+        <v>425</v>
+      </c>
+      <c r="G72" t="s">
+        <v>71</v>
+      </c>
+      <c r="H72" t="s">
+        <v>426</v>
+      </c>
+      <c r="I72" t="s">
+        <v>65</v>
+      </c>
+      <c r="J72" t="s">
+        <v>361</v>
+      </c>
+      <c r="K72">
+        <v>60500</v>
+      </c>
+      <c r="L72" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>427</v>
+      </c>
+      <c r="B73" t="s">
+        <v>428</v>
+      </c>
+      <c r="C73" t="s">
+        <v>429</v>
+      </c>
+      <c r="D73" t="s">
+        <v>430</v>
+      </c>
+      <c r="E73" t="s">
+        <v>431</v>
+      </c>
+      <c r="F73" t="s">
+        <v>331</v>
+      </c>
+      <c r="G73" t="s">
+        <v>17</v>
+      </c>
+      <c r="H73" t="s">
+        <v>432</v>
+      </c>
+      <c r="I73" t="s">
+        <v>65</v>
+      </c>
+      <c r="J73" t="s">
+        <v>66</v>
+      </c>
+      <c r="K73">
+        <v>60200</v>
+      </c>
+      <c r="L73" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>433</v>
+      </c>
+      <c r="B74" t="s">
+        <v>434</v>
+      </c>
+      <c r="C74" t="s">
+        <v>435</v>
+      </c>
+      <c r="D74" t="s">
+        <v>436</v>
+      </c>
+      <c r="E74" t="s">
+        <v>437</v>
+      </c>
+      <c r="F74" t="s">
+        <v>111</v>
+      </c>
+      <c r="G74" t="s">
+        <v>17</v>
+      </c>
+      <c r="H74" t="s">
+        <v>438</v>
+      </c>
+      <c r="I74" t="s">
+        <v>38</v>
+      </c>
+      <c r="J74" t="s">
+        <v>178</v>
+      </c>
+      <c r="K74">
+        <v>95500</v>
+      </c>
+      <c r="L74" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>433</v>
+      </c>
+      <c r="B75" t="s">
+        <v>439</v>
+      </c>
+      <c r="C75" t="s">
+        <v>440</v>
+      </c>
+      <c r="D75" t="s">
+        <v>441</v>
+      </c>
+      <c r="E75" t="s">
+        <v>442</v>
+      </c>
+      <c r="F75" t="s">
+        <v>443</v>
+      </c>
+      <c r="G75" t="s">
+        <v>17</v>
+      </c>
+      <c r="H75" t="s">
+        <v>444</v>
+      </c>
+      <c r="I75" t="s">
+        <v>38</v>
+      </c>
+      <c r="J75" t="s">
+        <v>361</v>
+      </c>
+      <c r="K75">
+        <v>77100</v>
+      </c>
+      <c r="L75" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>445</v>
+      </c>
+      <c r="B76" t="s">
+        <v>446</v>
+      </c>
+      <c r="C76" t="s">
+        <v>447</v>
+      </c>
+      <c r="D76" t="s">
+        <v>448</v>
+      </c>
+      <c r="E76" t="s">
+        <v>449</v>
+      </c>
+      <c r="F76" t="s">
+        <v>78</v>
+      </c>
+      <c r="G76" t="s">
+        <v>71</v>
+      </c>
+      <c r="H76" t="s">
+        <v>450</v>
+      </c>
+      <c r="I76" t="s">
+        <v>65</v>
+      </c>
+      <c r="J76" t="s">
+        <v>66</v>
+      </c>
+      <c r="K76">
+        <v>47500</v>
+      </c>
+      <c r="L76" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
+        <v>445</v>
+      </c>
+      <c r="B77" t="s">
+        <v>451</v>
+      </c>
+      <c r="C77" t="s">
+        <v>452</v>
+      </c>
+      <c r="D77" t="s">
+        <v>453</v>
+      </c>
+      <c r="E77" t="s">
+        <v>454</v>
+      </c>
+      <c r="F77" t="s">
+        <v>331</v>
+      </c>
+      <c r="G77" t="s">
+        <v>71</v>
+      </c>
+      <c r="H77" t="s">
+        <v>455</v>
+      </c>
+      <c r="I77" t="s">
+        <v>65</v>
+      </c>
+      <c r="J77" t="s">
+        <v>66</v>
+      </c>
+      <c r="K77">
+        <v>49000</v>
+      </c>
+      <c r="L77" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>445</v>
+      </c>
+      <c r="B78" t="s">
+        <v>456</v>
+      </c>
+      <c r="C78" t="s">
+        <v>457</v>
+      </c>
+      <c r="D78" t="s">
+        <v>458</v>
+      </c>
+      <c r="E78" t="s">
+        <v>459</v>
+      </c>
+      <c r="F78" t="s">
+        <v>111</v>
+      </c>
+      <c r="G78" t="s">
+        <v>189</v>
+      </c>
+      <c r="H78" t="s">
+        <v>460</v>
+      </c>
+      <c r="I78" t="s">
+        <v>65</v>
+      </c>
+      <c r="J78" t="s">
+        <v>361</v>
+      </c>
+      <c r="K78">
+        <v>39600</v>
+      </c>
+      <c r="L78" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>461</v>
+      </c>
+      <c r="B79" t="s">
+        <v>462</v>
+      </c>
+      <c r="C79" t="s">
+        <v>463</v>
+      </c>
+      <c r="D79" t="s">
+        <v>464</v>
+      </c>
+      <c r="E79" t="s">
+        <v>465</v>
+      </c>
+      <c r="F79" t="s">
+        <v>367</v>
+      </c>
+      <c r="G79" t="s">
+        <v>17</v>
+      </c>
+      <c r="H79" t="s">
+        <v>466</v>
+      </c>
+      <c r="I79" t="s">
+        <v>65</v>
+      </c>
+      <c r="J79" t="s">
+        <v>361</v>
+      </c>
+      <c r="K79">
+        <v>77100</v>
+      </c>
+      <c r="L79" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>461</v>
+      </c>
+      <c r="B80" t="s">
+        <v>467</v>
+      </c>
+      <c r="C80" t="s">
+        <v>468</v>
+      </c>
+      <c r="D80" t="s">
+        <v>469</v>
+      </c>
+      <c r="E80" t="s">
+        <v>470</v>
+      </c>
+      <c r="F80" t="s">
+        <v>367</v>
+      </c>
+      <c r="G80" t="s">
+        <v>71</v>
+      </c>
+      <c r="H80" t="s">
+        <v>471</v>
+      </c>
+      <c r="I80" t="s">
+        <v>65</v>
+      </c>
+      <c r="J80" t="s">
+        <v>361</v>
+      </c>
+      <c r="K80">
+        <v>57700</v>
+      </c>
+      <c r="L80" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="81" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A81" t="s">
+        <v>461</v>
+      </c>
+      <c r="B81" t="s">
+        <v>472</v>
+      </c>
+      <c r="C81" t="s">
+        <v>473</v>
+      </c>
+      <c r="D81" t="s">
+        <v>474</v>
+      </c>
+      <c r="E81" t="s">
+        <v>475</v>
+      </c>
+      <c r="F81" t="s">
+        <v>476</v>
+      </c>
+      <c r="G81" t="s">
+        <v>71</v>
+      </c>
+      <c r="H81" t="s">
+        <v>477</v>
+      </c>
+      <c r="I81" t="s">
+        <v>65</v>
+      </c>
+      <c r="J81" t="s">
+        <v>66</v>
+      </c>
+      <c r="K81">
+        <v>48900</v>
+      </c>
+      <c r="L81" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="82" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>478</v>
+      </c>
+      <c r="B82" t="s">
+        <v>479</v>
+      </c>
+      <c r="C82" t="s">
+        <v>480</v>
+      </c>
+      <c r="D82" t="s">
+        <v>481</v>
+      </c>
+      <c r="E82" t="s">
+        <v>482</v>
+      </c>
+      <c r="F82" t="s">
+        <v>331</v>
+      </c>
+      <c r="G82" t="s">
+        <v>71</v>
+      </c>
+      <c r="H82" t="s">
+        <v>483</v>
+      </c>
+      <c r="I82" t="s">
+        <v>65</v>
+      </c>
+      <c r="J82" t="s">
+        <v>361</v>
+      </c>
+      <c r="K82">
+        <v>59500</v>
+      </c>
+      <c r="L82" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="83" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>484</v>
+      </c>
+      <c r="B83" t="s">
+        <v>485</v>
+      </c>
+      <c r="C83" t="s">
+        <v>486</v>
+      </c>
+      <c r="D83" t="s">
+        <v>487</v>
+      </c>
+      <c r="E83" t="s">
+        <v>488</v>
+      </c>
+      <c r="F83" t="s">
+        <v>111</v>
+      </c>
+      <c r="G83" t="s">
+        <v>17</v>
+      </c>
+      <c r="H83" t="s">
+        <v>489</v>
+      </c>
+      <c r="I83" t="s">
+        <v>65</v>
+      </c>
+      <c r="J83" t="s">
+        <v>361</v>
+      </c>
+      <c r="K83">
+        <v>78300</v>
+      </c>
+      <c r="L83" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="84" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>484</v>
+      </c>
+      <c r="B84" t="s">
+        <v>490</v>
+      </c>
+      <c r="C84" t="s">
+        <v>491</v>
+      </c>
+      <c r="D84" t="s">
+        <v>492</v>
+      </c>
+      <c r="E84" t="s">
+        <v>493</v>
+      </c>
+      <c r="F84" t="s">
+        <v>494</v>
+      </c>
+      <c r="G84" t="s">
+        <v>17</v>
+      </c>
+      <c r="H84" t="s">
+        <v>495</v>
+      </c>
+      <c r="I84" t="s">
+        <v>65</v>
+      </c>
+      <c r="J84" t="s">
+        <v>66</v>
+      </c>
+      <c r="K84">
+        <v>60200</v>
+      </c>
+      <c r="L84" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>496</v>
+      </c>
+      <c r="B85" t="s">
+        <v>497</v>
+      </c>
+      <c r="C85" t="s">
+        <v>498</v>
+      </c>
+      <c r="D85" t="s">
+        <v>499</v>
+      </c>
+      <c r="E85" t="s">
+        <v>500</v>
+      </c>
+      <c r="F85" t="s">
+        <v>367</v>
+      </c>
+      <c r="G85" t="s">
+        <v>71</v>
+      </c>
+      <c r="H85" t="s">
+        <v>501</v>
+      </c>
+      <c r="I85" t="s">
+        <v>38</v>
+      </c>
+      <c r="J85" t="s">
+        <v>66</v>
+      </c>
+      <c r="K85">
+        <v>55000</v>
+      </c>
+      <c r="L85" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
+        <v>502</v>
+      </c>
+      <c r="B86" t="s">
+        <v>503</v>
+      </c>
+      <c r="C86" t="s">
+        <v>504</v>
+      </c>
+      <c r="D86" t="s">
+        <v>505</v>
+      </c>
+      <c r="E86" t="s">
+        <v>506</v>
+      </c>
+      <c r="F86" t="s">
+        <v>111</v>
+      </c>
+      <c r="G86" t="s">
+        <v>71</v>
+      </c>
+      <c r="H86" t="s">
+        <v>507</v>
+      </c>
+      <c r="I86" t="s">
+        <v>38</v>
+      </c>
+      <c r="J86" t="s">
+        <v>361</v>
+      </c>
+      <c r="K86">
+        <v>58800</v>
+      </c>
+      <c r="L86" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="87" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>508</v>
+      </c>
+      <c r="B87" t="s">
+        <v>509</v>
+      </c>
+      <c r="C87" t="s">
+        <v>510</v>
+      </c>
+      <c r="D87" t="s">
+        <v>511</v>
+      </c>
+      <c r="E87" t="s">
+        <v>512</v>
+      </c>
+      <c r="F87" t="s">
+        <v>154</v>
+      </c>
+      <c r="G87" t="s">
+        <v>17</v>
+      </c>
+      <c r="H87" t="s">
+        <v>513</v>
+      </c>
+      <c r="I87" t="s">
+        <v>38</v>
+      </c>
+      <c r="J87" t="s">
+        <v>178</v>
+      </c>
+      <c r="K87">
+        <v>96000</v>
+      </c>
+      <c r="L87" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>