--- v0 (2025-10-20)
+++ v1 (2025-12-11)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="sheet1" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1336" uniqueCount="405">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1589" uniqueCount="475">
   <si>
     <t>접수일자</t>
   </si>
   <si>
     <t>접수번호</t>
   </si>
   <si>
     <t>회사명</t>
   </si>
   <si>
     <t>직원명</t>
   </si>
   <si>
     <t>직원 주민번호</t>
   </si>
   <si>
     <t>관계</t>
   </si>
   <si>
     <t>피보험자</t>
   </si>
   <si>
     <t>피보험자 주민번호</t>
   </si>
   <si>
@@ -1223,50 +1223,260 @@
     <t>251001-00002</t>
   </si>
   <si>
     <t>2025-10-12</t>
   </si>
   <si>
     <t>251013-00001</t>
   </si>
   <si>
     <t>2025-10-14</t>
   </si>
   <si>
     <t>251015-00001</t>
   </si>
   <si>
     <t>난청 이명</t>
   </si>
   <si>
     <t>2025-10-16</t>
   </si>
   <si>
     <t>251017-00001</t>
   </si>
   <si>
     <t>감기 몸살</t>
+  </si>
+  <si>
+    <t>2025-10-21</t>
+  </si>
+  <si>
+    <t>251022-00001</t>
+  </si>
+  <si>
+    <t>임원석</t>
+  </si>
+  <si>
+    <t>840218-1025416</t>
+  </si>
+  <si>
+    <t>2025-10-23</t>
+  </si>
+  <si>
+    <t>251023-00001</t>
+  </si>
+  <si>
+    <t>최인정</t>
+  </si>
+  <si>
+    <t>920825-2817516</t>
+  </si>
+  <si>
+    <t>임신</t>
+  </si>
+  <si>
+    <t>251023-00002</t>
+  </si>
+  <si>
+    <t>임신 중기 출혈</t>
+  </si>
+  <si>
+    <t>251023-00003</t>
+  </si>
+  <si>
+    <t>고태호</t>
+  </si>
+  <si>
+    <t>800209-1468418</t>
+  </si>
+  <si>
+    <t>수면무호흡증으로 진단치료검사</t>
+  </si>
+  <si>
+    <t>2025-10-27</t>
+  </si>
+  <si>
+    <t>251029-00003</t>
+  </si>
+  <si>
+    <t>251029-00002</t>
+  </si>
+  <si>
+    <t>2025-10-28</t>
+  </si>
+  <si>
+    <t>251029-00004</t>
+  </si>
+  <si>
+    <t>통풍</t>
+  </si>
+  <si>
+    <t>2025-11-04</t>
+  </si>
+  <si>
+    <t>251104-00001</t>
+  </si>
+  <si>
+    <t>탈모증</t>
+  </si>
+  <si>
+    <t>2025-11-11</t>
+  </si>
+  <si>
+    <t>251112-00001</t>
+  </si>
+  <si>
+    <t>정임범</t>
+  </si>
+  <si>
+    <t>761104-1261112</t>
+  </si>
+  <si>
+    <t>어깨통증</t>
+  </si>
+  <si>
+    <t>2025-11-13</t>
+  </si>
+  <si>
+    <t>251114-00002</t>
+  </si>
+  <si>
+    <t>박기범</t>
+  </si>
+  <si>
+    <t>790307-1052414</t>
+  </si>
+  <si>
+    <t>신규</t>
+  </si>
+  <si>
+    <t>2025-11-14</t>
+  </si>
+  <si>
+    <t>251117-00002</t>
+  </si>
+  <si>
+    <t>감기 몸상</t>
+  </si>
+  <si>
+    <t>251117-00001</t>
+  </si>
+  <si>
+    <t>독감 몸살 인후통 등</t>
+  </si>
+  <si>
+    <t>2025-11-17</t>
+  </si>
+  <si>
+    <t>251118-00001</t>
+  </si>
+  <si>
+    <t>2025-11-18</t>
+  </si>
+  <si>
+    <t>251119-00001</t>
+  </si>
+  <si>
+    <t>2025-11-21</t>
+  </si>
+  <si>
+    <t>251124-00002</t>
+  </si>
+  <si>
+    <t>윤병호</t>
+  </si>
+  <si>
+    <t>830103-1042415</t>
+  </si>
+  <si>
+    <t>가슴이 아파 병원내원</t>
+  </si>
+  <si>
+    <t>251124-00003</t>
+  </si>
+  <si>
+    <t xml:space="preserve">어깨주변 통증 </t>
+  </si>
+  <si>
+    <t>2025-11-25</t>
+  </si>
+  <si>
+    <t>251126-00001</t>
+  </si>
+  <si>
+    <t>혈액검사</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>251201-00002</t>
+  </si>
+  <si>
+    <t>2025-12-05</t>
+  </si>
+  <si>
+    <t>251210-00002</t>
+  </si>
+  <si>
+    <t>임신성 당뇨 재검사 통보에 따른 검진</t>
+  </si>
+  <si>
+    <t>251210-00003</t>
+  </si>
+  <si>
+    <t>임신 관련 검진 및 출혈 처치 등</t>
+  </si>
+  <si>
+    <t>2025-12-09</t>
+  </si>
+  <si>
+    <t>251210-00004</t>
+  </si>
+  <si>
+    <t>무릎염좌</t>
+  </si>
+  <si>
+    <t>2025-12-10</t>
+  </si>
+  <si>
+    <t>251210-00005</t>
+  </si>
+  <si>
+    <t>방억주</t>
+  </si>
+  <si>
+    <t>920122-1455814</t>
+  </si>
+  <si>
+    <t>허리 통증</t>
+  </si>
+  <si>
+    <t>251210-00006</t>
+  </si>
+  <si>
+    <t>원형 탈모증</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1603,51 +1813,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:P121"/>
+  <dimension ref="A1:P144"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <sheetData>
     <row r="1" spans="1:16" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -5853,50 +6063,855 @@
       <c r="C121" t="s">
         <v>27</v>
       </c>
       <c r="D121" t="s">
         <v>98</v>
       </c>
       <c r="E121" t="s">
         <v>99</v>
       </c>
       <c r="F121" t="s">
         <v>21</v>
       </c>
       <c r="G121" t="s">
         <v>98</v>
       </c>
       <c r="H121" t="s">
         <v>99</v>
       </c>
       <c r="I121" t="s">
         <v>404</v>
       </c>
       <c r="O121" t="s">
         <v>23</v>
       </c>
       <c r="P121" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="122" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A122" t="s">
+        <v>405</v>
+      </c>
+      <c r="B122" t="s">
+        <v>406</v>
+      </c>
+      <c r="C122" t="s">
+        <v>27</v>
+      </c>
+      <c r="D122" t="s">
+        <v>407</v>
+      </c>
+      <c r="E122" t="s">
+        <v>408</v>
+      </c>
+      <c r="F122" t="s">
+        <v>21</v>
+      </c>
+      <c r="G122" t="s">
+        <v>407</v>
+      </c>
+      <c r="H122" t="s">
+        <v>408</v>
+      </c>
+      <c r="I122" t="s">
+        <v>100</v>
+      </c>
+      <c r="O122" t="s">
+        <v>23</v>
+      </c>
+      <c r="P122" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="123" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A123" t="s">
+        <v>409</v>
+      </c>
+      <c r="B123" t="s">
+        <v>410</v>
+      </c>
+      <c r="C123" t="s">
+        <v>27</v>
+      </c>
+      <c r="D123" t="s">
+        <v>411</v>
+      </c>
+      <c r="E123" t="s">
+        <v>412</v>
+      </c>
+      <c r="F123" t="s">
+        <v>21</v>
+      </c>
+      <c r="G123" t="s">
+        <v>411</v>
+      </c>
+      <c r="H123" t="s">
+        <v>412</v>
+      </c>
+      <c r="I123" t="s">
+        <v>413</v>
+      </c>
+      <c r="O123" t="s">
+        <v>23</v>
+      </c>
+      <c r="P123" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="124" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A124" t="s">
+        <v>409</v>
+      </c>
+      <c r="B124" t="s">
+        <v>414</v>
+      </c>
+      <c r="C124" t="s">
+        <v>27</v>
+      </c>
+      <c r="D124" t="s">
+        <v>411</v>
+      </c>
+      <c r="E124" t="s">
+        <v>412</v>
+      </c>
+      <c r="F124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G124" t="s">
+        <v>411</v>
+      </c>
+      <c r="H124" t="s">
+        <v>412</v>
+      </c>
+      <c r="I124" t="s">
+        <v>415</v>
+      </c>
+      <c r="O124" t="s">
+        <v>23</v>
+      </c>
+      <c r="P124" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="125" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A125" t="s">
+        <v>409</v>
+      </c>
+      <c r="B125" t="s">
+        <v>416</v>
+      </c>
+      <c r="C125" t="s">
+        <v>27</v>
+      </c>
+      <c r="D125" t="s">
+        <v>417</v>
+      </c>
+      <c r="E125" t="s">
+        <v>418</v>
+      </c>
+      <c r="F125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G125" t="s">
+        <v>417</v>
+      </c>
+      <c r="H125" t="s">
+        <v>418</v>
+      </c>
+      <c r="I125" t="s">
+        <v>419</v>
+      </c>
+      <c r="O125" t="s">
+        <v>23</v>
+      </c>
+      <c r="P125" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="126" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A126" t="s">
+        <v>420</v>
+      </c>
+      <c r="B126" t="s">
+        <v>421</v>
+      </c>
+      <c r="C126" t="s">
+        <v>27</v>
+      </c>
+      <c r="D126" t="s">
+        <v>311</v>
+      </c>
+      <c r="E126" t="s">
+        <v>312</v>
+      </c>
+      <c r="F126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G126" t="s">
+        <v>311</v>
+      </c>
+      <c r="H126" t="s">
+        <v>312</v>
+      </c>
+      <c r="I126" t="s">
+        <v>395</v>
+      </c>
+      <c r="O126" t="s">
+        <v>23</v>
+      </c>
+      <c r="P126" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="127" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A127" t="s">
+        <v>420</v>
+      </c>
+      <c r="B127" t="s">
+        <v>422</v>
+      </c>
+      <c r="C127" t="s">
+        <v>27</v>
+      </c>
+      <c r="D127" t="s">
+        <v>311</v>
+      </c>
+      <c r="E127" t="s">
+        <v>312</v>
+      </c>
+      <c r="F127" t="s">
+        <v>21</v>
+      </c>
+      <c r="G127" t="s">
+        <v>311</v>
+      </c>
+      <c r="H127" t="s">
+        <v>312</v>
+      </c>
+      <c r="I127" t="s">
+        <v>395</v>
+      </c>
+      <c r="O127" t="s">
+        <v>23</v>
+      </c>
+      <c r="P127" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="128" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A128" t="s">
+        <v>423</v>
+      </c>
+      <c r="B128" t="s">
+        <v>424</v>
+      </c>
+      <c r="C128" t="s">
+        <v>27</v>
+      </c>
+      <c r="D128" t="s">
+        <v>117</v>
+      </c>
+      <c r="E128" t="s">
+        <v>118</v>
+      </c>
+      <c r="F128" t="s">
+        <v>21</v>
+      </c>
+      <c r="G128" t="s">
+        <v>117</v>
+      </c>
+      <c r="H128" t="s">
+        <v>118</v>
+      </c>
+      <c r="I128" t="s">
+        <v>425</v>
+      </c>
+      <c r="O128" t="s">
+        <v>23</v>
+      </c>
+      <c r="P128" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="129" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A129" t="s">
+        <v>426</v>
+      </c>
+      <c r="B129" t="s">
+        <v>427</v>
+      </c>
+      <c r="C129" t="s">
+        <v>27</v>
+      </c>
+      <c r="D129" t="s">
+        <v>54</v>
+      </c>
+      <c r="E129" t="s">
+        <v>55</v>
+      </c>
+      <c r="F129" t="s">
+        <v>21</v>
+      </c>
+      <c r="G129" t="s">
+        <v>54</v>
+      </c>
+      <c r="H129" t="s">
+        <v>55</v>
+      </c>
+      <c r="I129" t="s">
+        <v>428</v>
+      </c>
+      <c r="O129" t="s">
+        <v>23</v>
+      </c>
+      <c r="P129" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="130" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A130" t="s">
+        <v>429</v>
+      </c>
+      <c r="B130" t="s">
+        <v>430</v>
+      </c>
+      <c r="C130" t="s">
+        <v>27</v>
+      </c>
+      <c r="D130" t="s">
+        <v>431</v>
+      </c>
+      <c r="E130" t="s">
+        <v>432</v>
+      </c>
+      <c r="F130" t="s">
+        <v>21</v>
+      </c>
+      <c r="G130" t="s">
+        <v>431</v>
+      </c>
+      <c r="H130" t="s">
+        <v>432</v>
+      </c>
+      <c r="I130" t="s">
+        <v>433</v>
+      </c>
+      <c r="O130" t="s">
+        <v>23</v>
+      </c>
+      <c r="P130" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="131" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A131" t="s">
+        <v>434</v>
+      </c>
+      <c r="B131" t="s">
+        <v>435</v>
+      </c>
+      <c r="C131" t="s">
+        <v>27</v>
+      </c>
+      <c r="D131" t="s">
+        <v>436</v>
+      </c>
+      <c r="E131" t="s">
+        <v>437</v>
+      </c>
+      <c r="F131" t="s">
+        <v>21</v>
+      </c>
+      <c r="G131" t="s">
+        <v>436</v>
+      </c>
+      <c r="H131" t="s">
+        <v>437</v>
+      </c>
+      <c r="I131" t="s">
+        <v>92</v>
+      </c>
+      <c r="O131" t="s">
+        <v>438</v>
+      </c>
+      <c r="P131" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="132" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A132" t="s">
+        <v>439</v>
+      </c>
+      <c r="B132" t="s">
+        <v>440</v>
+      </c>
+      <c r="C132" t="s">
+        <v>27</v>
+      </c>
+      <c r="D132" t="s">
+        <v>98</v>
+      </c>
+      <c r="E132" t="s">
+        <v>99</v>
+      </c>
+      <c r="F132" t="s">
+        <v>21</v>
+      </c>
+      <c r="G132" t="s">
+        <v>98</v>
+      </c>
+      <c r="H132" t="s">
+        <v>99</v>
+      </c>
+      <c r="I132" t="s">
+        <v>441</v>
+      </c>
+      <c r="O132" t="s">
+        <v>23</v>
+      </c>
+      <c r="P132" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="133" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A133" t="s">
+        <v>439</v>
+      </c>
+      <c r="B133" t="s">
+        <v>442</v>
+      </c>
+      <c r="C133" t="s">
+        <v>27</v>
+      </c>
+      <c r="D133" t="s">
+        <v>98</v>
+      </c>
+      <c r="E133" t="s">
+        <v>99</v>
+      </c>
+      <c r="F133" t="s">
+        <v>21</v>
+      </c>
+      <c r="G133" t="s">
+        <v>98</v>
+      </c>
+      <c r="H133" t="s">
+        <v>99</v>
+      </c>
+      <c r="I133" t="s">
+        <v>443</v>
+      </c>
+      <c r="O133" t="s">
+        <v>23</v>
+      </c>
+      <c r="P133" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="134" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A134" t="s">
+        <v>444</v>
+      </c>
+      <c r="B134" t="s">
+        <v>445</v>
+      </c>
+      <c r="C134" t="s">
+        <v>27</v>
+      </c>
+      <c r="D134" t="s">
+        <v>98</v>
+      </c>
+      <c r="E134" t="s">
+        <v>99</v>
+      </c>
+      <c r="F134" t="s">
+        <v>21</v>
+      </c>
+      <c r="G134" t="s">
+        <v>98</v>
+      </c>
+      <c r="H134" t="s">
+        <v>99</v>
+      </c>
+      <c r="I134" t="s">
+        <v>100</v>
+      </c>
+      <c r="O134" t="s">
+        <v>23</v>
+      </c>
+      <c r="P134" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="135" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A135" t="s">
+        <v>446</v>
+      </c>
+      <c r="B135" t="s">
+        <v>447</v>
+      </c>
+      <c r="C135" t="s">
+        <v>27</v>
+      </c>
+      <c r="D135" t="s">
+        <v>148</v>
+      </c>
+      <c r="E135" t="s">
+        <v>149</v>
+      </c>
+      <c r="F135" t="s">
+        <v>21</v>
+      </c>
+      <c r="G135" t="s">
+        <v>148</v>
+      </c>
+      <c r="H135" t="s">
+        <v>149</v>
+      </c>
+      <c r="I135" t="s">
+        <v>283</v>
+      </c>
+      <c r="O135" t="s">
+        <v>23</v>
+      </c>
+      <c r="P135" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="136" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A136" t="s">
+        <v>448</v>
+      </c>
+      <c r="B136" t="s">
+        <v>449</v>
+      </c>
+      <c r="C136" t="s">
+        <v>27</v>
+      </c>
+      <c r="D136" t="s">
+        <v>450</v>
+      </c>
+      <c r="E136" t="s">
+        <v>451</v>
+      </c>
+      <c r="F136" t="s">
+        <v>21</v>
+      </c>
+      <c r="G136" t="s">
+        <v>450</v>
+      </c>
+      <c r="H136" t="s">
+        <v>451</v>
+      </c>
+      <c r="I136" t="s">
+        <v>452</v>
+      </c>
+      <c r="O136" t="s">
+        <v>23</v>
+      </c>
+      <c r="P136" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="137" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A137" t="s">
+        <v>448</v>
+      </c>
+      <c r="B137" t="s">
+        <v>453</v>
+      </c>
+      <c r="C137" t="s">
+        <v>27</v>
+      </c>
+      <c r="D137" t="s">
+        <v>450</v>
+      </c>
+      <c r="E137" t="s">
+        <v>451</v>
+      </c>
+      <c r="F137" t="s">
+        <v>21</v>
+      </c>
+      <c r="G137" t="s">
+        <v>450</v>
+      </c>
+      <c r="H137" t="s">
+        <v>451</v>
+      </c>
+      <c r="I137" t="s">
+        <v>454</v>
+      </c>
+      <c r="O137" t="s">
+        <v>23</v>
+      </c>
+      <c r="P137" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="138" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A138" t="s">
+        <v>455</v>
+      </c>
+      <c r="B138" t="s">
+        <v>456</v>
+      </c>
+      <c r="C138" t="s">
+        <v>27</v>
+      </c>
+      <c r="D138" t="s">
+        <v>431</v>
+      </c>
+      <c r="E138" t="s">
+        <v>432</v>
+      </c>
+      <c r="F138" t="s">
+        <v>21</v>
+      </c>
+      <c r="G138" t="s">
+        <v>431</v>
+      </c>
+      <c r="H138" t="s">
+        <v>432</v>
+      </c>
+      <c r="I138" t="s">
+        <v>457</v>
+      </c>
+      <c r="O138" t="s">
+        <v>23</v>
+      </c>
+      <c r="P138" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="139" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A139" t="s">
+        <v>458</v>
+      </c>
+      <c r="B139" t="s">
+        <v>459</v>
+      </c>
+      <c r="C139" t="s">
+        <v>27</v>
+      </c>
+      <c r="D139" t="s">
+        <v>184</v>
+      </c>
+      <c r="E139" t="s">
+        <v>185</v>
+      </c>
+      <c r="F139" t="s">
+        <v>21</v>
+      </c>
+      <c r="G139" t="s">
+        <v>184</v>
+      </c>
+      <c r="H139" t="s">
+        <v>185</v>
+      </c>
+      <c r="I139" t="s">
+        <v>255</v>
+      </c>
+      <c r="O139" t="s">
+        <v>23</v>
+      </c>
+      <c r="P139" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="140" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A140" t="s">
+        <v>460</v>
+      </c>
+      <c r="B140" t="s">
+        <v>461</v>
+      </c>
+      <c r="C140" t="s">
+        <v>27</v>
+      </c>
+      <c r="D140" t="s">
+        <v>411</v>
+      </c>
+      <c r="E140" t="s">
+        <v>412</v>
+      </c>
+      <c r="F140" t="s">
+        <v>21</v>
+      </c>
+      <c r="G140" t="s">
+        <v>411</v>
+      </c>
+      <c r="H140" t="s">
+        <v>412</v>
+      </c>
+      <c r="I140" t="s">
+        <v>462</v>
+      </c>
+      <c r="O140" t="s">
+        <v>23</v>
+      </c>
+      <c r="P140" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="141" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A141" t="s">
+        <v>460</v>
+      </c>
+      <c r="B141" t="s">
+        <v>463</v>
+      </c>
+      <c r="C141" t="s">
+        <v>27</v>
+      </c>
+      <c r="D141" t="s">
+        <v>411</v>
+      </c>
+      <c r="E141" t="s">
+        <v>412</v>
+      </c>
+      <c r="F141" t="s">
+        <v>21</v>
+      </c>
+      <c r="G141" t="s">
+        <v>411</v>
+      </c>
+      <c r="H141" t="s">
+        <v>412</v>
+      </c>
+      <c r="I141" t="s">
+        <v>464</v>
+      </c>
+      <c r="O141" t="s">
+        <v>23</v>
+      </c>
+      <c r="P141" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="142" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A142" t="s">
+        <v>465</v>
+      </c>
+      <c r="B142" t="s">
+        <v>466</v>
+      </c>
+      <c r="C142" t="s">
+        <v>27</v>
+      </c>
+      <c r="D142" t="s">
+        <v>90</v>
+      </c>
+      <c r="E142" t="s">
+        <v>91</v>
+      </c>
+      <c r="F142" t="s">
+        <v>21</v>
+      </c>
+      <c r="G142" t="s">
+        <v>90</v>
+      </c>
+      <c r="H142" t="s">
+        <v>91</v>
+      </c>
+      <c r="I142" t="s">
+        <v>467</v>
+      </c>
+      <c r="O142" t="s">
+        <v>23</v>
+      </c>
+      <c r="P142" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="143" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A143" t="s">
+        <v>468</v>
+      </c>
+      <c r="B143" t="s">
+        <v>469</v>
+      </c>
+      <c r="C143" t="s">
+        <v>27</v>
+      </c>
+      <c r="D143" t="s">
+        <v>470</v>
+      </c>
+      <c r="E143" t="s">
+        <v>471</v>
+      </c>
+      <c r="F143" t="s">
+        <v>21</v>
+      </c>
+      <c r="G143" t="s">
+        <v>470</v>
+      </c>
+      <c r="H143" t="s">
+        <v>471</v>
+      </c>
+      <c r="I143" t="s">
+        <v>472</v>
+      </c>
+      <c r="O143" t="s">
+        <v>23</v>
+      </c>
+      <c r="P143" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="144" spans="1:16" x14ac:dyDescent="0.25">
+      <c r="A144" t="s">
+        <v>468</v>
+      </c>
+      <c r="B144" t="s">
+        <v>473</v>
+      </c>
+      <c r="C144" t="s">
+        <v>27</v>
+      </c>
+      <c r="D144" t="s">
+        <v>54</v>
+      </c>
+      <c r="E144" t="s">
+        <v>55</v>
+      </c>
+      <c r="F144" t="s">
+        <v>21</v>
+      </c>
+      <c r="G144" t="s">
+        <v>54</v>
+      </c>
+      <c r="H144" t="s">
+        <v>55</v>
+      </c>
+      <c r="I144" t="s">
+        <v>474</v>
+      </c>
+      <c r="O144" t="s">
+        <v>23</v>
+      </c>
+      <c r="P144" t="s">
         <v>228</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>