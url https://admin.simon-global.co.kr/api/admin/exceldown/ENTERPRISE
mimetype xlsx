--- v0 (2025-10-20)
+++ v1 (2025-12-11)
@@ -8,197 +8,233 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="164011" filterPrivacy="1"/>
   <sheets>
     <sheet sheetId="1" name="sheet1" state="visible" r:id="rId4"/>
   </sheets>
   <calcPr calcId="171027"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="57" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="61">
   <si>
     <t>접수일자</t>
   </si>
   <si>
     <t>접수번호</t>
   </si>
   <si>
     <t>사고일자</t>
   </si>
   <si>
     <t>접수자 성명</t>
   </si>
   <si>
     <t>접수자 휴대폰번호</t>
   </si>
   <si>
     <t>사업장명</t>
   </si>
   <si>
     <t>손해유형</t>
   </si>
   <si>
     <t>가입일수</t>
   </si>
   <si>
     <t>진행상태</t>
   </si>
   <si>
     <t>2025-06-13</t>
   </si>
   <si>
     <t>250616-00002</t>
   </si>
   <si>
     <t>2025-05-27 11:20:00</t>
   </si>
   <si>
     <t>전유경</t>
   </si>
   <si>
     <t>010-3132-2953</t>
   </si>
   <si>
-    <t>바바리안모터스 계양</t>
+    <t>풀무원푸드앤컬처 바바리안모터스 계양</t>
   </si>
   <si>
     <t>재물</t>
   </si>
   <si>
     <t>접수완료</t>
   </si>
   <si>
     <t>2025-07-18</t>
   </si>
   <si>
     <t>250721-00001</t>
   </si>
   <si>
     <t>2025-06-13 12:30:00</t>
   </si>
   <si>
     <t>유현주</t>
   </si>
   <si>
     <t>010-2090-5351</t>
   </si>
   <si>
-    <t>42dot B1 키친</t>
+    <t>풀무원푸드앤컬처 42dot B1 키친</t>
   </si>
   <si>
     <t>배상책임</t>
   </si>
   <si>
     <t>접수취소</t>
   </si>
   <si>
     <t>2025-08-18</t>
   </si>
   <si>
     <t>250819-00001</t>
   </si>
   <si>
     <t>2025-04-14 17:45:00</t>
   </si>
   <si>
     <t>이선숙</t>
   </si>
   <si>
     <t>010-2227-1650</t>
   </si>
   <si>
-    <t>한화에어로스페이스</t>
+    <t>풀무원푸드앤컬처 한화에어로스페이스</t>
   </si>
   <si>
     <t>2025-08-27</t>
   </si>
   <si>
     <t>250828-00002</t>
   </si>
   <si>
     <t>2025-08-11 13:00:00</t>
   </si>
   <si>
     <t>신궁재</t>
   </si>
   <si>
     <t>010-6805-7003</t>
   </si>
   <si>
-    <t>하이원리조트워터월드_푸드팰리스1</t>
+    <t>풀무원푸드앤컬처 하이원리조트워터월드_푸드팰리스1</t>
   </si>
   <si>
     <t>2025-09-15</t>
   </si>
   <si>
     <t>250916-00001</t>
   </si>
   <si>
     <t>2025-09-03 12:00:00</t>
   </si>
   <si>
     <t>김은주</t>
   </si>
   <si>
     <t>010-8800-5615</t>
   </si>
   <si>
     <t xml:space="preserve">더풋샵 광교호수점 </t>
   </si>
   <si>
     <t>2025-10-02</t>
   </si>
   <si>
     <t>251010-00001</t>
   </si>
   <si>
     <t>2025-09-30 12:10:00</t>
   </si>
   <si>
     <t>서성화</t>
   </si>
   <si>
     <t>010-2370-6053</t>
   </si>
   <si>
-    <t>삼성전자 서울R&amp;D캠퍼스</t>
+    <t>풀무원푸드앤컬처 삼성전자 서울R&amp;D캠퍼스</t>
+  </si>
+  <si>
+    <t>2025-10-24</t>
+  </si>
+  <si>
+    <t>251027-00001</t>
+  </si>
+  <si>
+    <t>2025-07-22 07:00:00</t>
+  </si>
+  <si>
+    <t>황인숙</t>
+  </si>
+  <si>
+    <t>010-4417-1776</t>
+  </si>
+  <si>
+    <t>풀무원푸드앤컬처 대전대신고등학교</t>
+  </si>
+  <si>
+    <t>2025-12-01</t>
+  </si>
+  <si>
+    <t>251201-00001</t>
+  </si>
+  <si>
+    <t>2025-11-29 08:00:00</t>
+  </si>
+  <si>
+    <t>박창석</t>
+  </si>
+  <si>
+    <t>010-4170-1722</t>
+  </si>
+  <si>
+    <t>풀무원푸드앤컬처 논산훈련소</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <color theme="1"/>
       <family val="2"/>
       <scheme val="minor"/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -535,51 +571,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I7"/>
+  <dimension ref="A1:I9"/>
   <sheetFormatPr defaultRowHeight="15" outlineLevelRow="0" outlineLevelCol="0" x14ac:dyDescent="55"/>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -720,50 +756,102 @@
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>43</v>
       </c>
       <c r="B7" t="s">
         <v>44</v>
       </c>
       <c r="C7" t="s">
         <v>45</v>
       </c>
       <c r="D7" t="s">
         <v>46</v>
       </c>
       <c r="E7" t="s">
         <v>47</v>
       </c>
       <c r="F7" t="s">
         <v>48</v>
       </c>
       <c r="G7" t="s">
         <v>23</v>
       </c>
       <c r="I7" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
+        <v>51</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" t="s">
+        <v>54</v>
+      </c>
+      <c r="G8" t="s">
+        <v>15</v>
+      </c>
+      <c r="I8" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>55</v>
+      </c>
+      <c r="B9" t="s">
+        <v>56</v>
+      </c>
+      <c r="C9" t="s">
+        <v>57</v>
+      </c>
+      <c r="D9" t="s">
+        <v>58</v>
+      </c>
+      <c r="E9" t="s">
+        <v>59</v>
+      </c>
+      <c r="F9" t="s">
+        <v>60</v>
+      </c>
+      <c r="G9" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295" scale="100" fitToWidth="1" fitToHeight="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>